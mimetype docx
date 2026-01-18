--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="741970CC" w14:textId="77777777" w:rsidR="003B628B" w:rsidRDefault="003B628B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F093AD2" w14:textId="77777777" w:rsidR="003B628B" w:rsidRDefault="00F33F38">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
@@ -732,178 +732,156 @@
         <w:t xml:space="preserve"> Report Card</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Grade: _________ </w:t>
       </w:r>
       <w:r w:rsidR="00EB7750">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Student must have at least a B to enroll</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146CDA76" w14:textId="05A8B2D0" w:rsidR="00EB7750" w:rsidRPr="00EB7750" w:rsidRDefault="009E584C">
-[...23 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="146CDA76" w14:textId="5D8D796C" w:rsidR="00EB7750" w:rsidRPr="00EB7750" w:rsidRDefault="009E584C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="11016"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>AMC 8 Score 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA15CD">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA15CD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006153A6">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA15CD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-        <w:t>202</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-20</w:t>
       </w:r>
       <w:r w:rsidR="001672D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00AA15CD">
-[...18 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006153A6">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">________        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>AMC 10 Score (for APS) 201</w:t>
       </w:r>
-      <w:r w:rsidR="001672D2">
-[...3 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="001672D2">
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="006153A6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F05AA73" w14:textId="77777777" w:rsidR="00EB7750" w:rsidRDefault="009F660D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="11016"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -1265,173 +1243,181 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ____</w:t>
       </w:r>
       <w:r w:rsidR="00FD419C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00CD1DB0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="000F5A5B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD14E24" w14:textId="279560E2" w:rsidR="003B628B" w:rsidRDefault="009E584C">
+    <w:p w14:paraId="7CD14E24" w14:textId="7D843A1B" w:rsidR="003B628B" w:rsidRDefault="009E584C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="11016"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Session I: July </w:t>
       </w:r>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91921">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="003B628B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00F91921">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>July</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1DB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
       <w:r w:rsidR="001672D2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="003B628B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1DB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F91921">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">          Session II:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> July 2</w:t>
       </w:r>
-      <w:r w:rsidR="001672D2">
-[...5 lines deleted...]
-        <w:t>1st</w:t>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">-August </w:t>
       </w:r>
-      <w:r w:rsidR="001672D2">
-[...5 lines deleted...]
-        <w:t>1st</w:t>
+      <w:r w:rsidR="00F3372D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7th</w:t>
       </w:r>
       <w:r w:rsidR="003B628B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A268A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="003B628B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
@@ -1790,51 +1776,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A confirmation letter will be sent upon receipt of this registration form and payment.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00196B0D" w:rsidSect="00315ABC">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="612" w:bottom="1440" w:left="540" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -1844,51 +1830,51 @@
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DBA3683"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20CE09A4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1965,144 +1951,146 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2098865461">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B628B"/>
     <w:rsid w:val="00041000"/>
     <w:rsid w:val="000F5A5B"/>
     <w:rsid w:val="001672D2"/>
     <w:rsid w:val="00196B0D"/>
     <w:rsid w:val="00207B9F"/>
     <w:rsid w:val="002B6D66"/>
     <w:rsid w:val="002F2BFC"/>
     <w:rsid w:val="00315ABC"/>
     <w:rsid w:val="003B628B"/>
     <w:rsid w:val="00431D94"/>
     <w:rsid w:val="004C1BAA"/>
     <w:rsid w:val="006153A6"/>
     <w:rsid w:val="006A365A"/>
     <w:rsid w:val="006F09CC"/>
     <w:rsid w:val="007B5451"/>
     <w:rsid w:val="007E1149"/>
     <w:rsid w:val="00887E95"/>
     <w:rsid w:val="00913434"/>
     <w:rsid w:val="009417A0"/>
     <w:rsid w:val="009B25A8"/>
     <w:rsid w:val="009E584C"/>
     <w:rsid w:val="009F660D"/>
     <w:rsid w:val="00A268A9"/>
     <w:rsid w:val="00A3516B"/>
     <w:rsid w:val="00A44E41"/>
     <w:rsid w:val="00AA15CD"/>
     <w:rsid w:val="00C96E4E"/>
     <w:rsid w:val="00CD1DB0"/>
     <w:rsid w:val="00CD20BD"/>
     <w:rsid w:val="00E10C40"/>
     <w:rsid w:val="00E5084E"/>
     <w:rsid w:val="00EB7750"/>
     <w:rsid w:val="00F210A1"/>
+    <w:rsid w:val="00F3372D"/>
     <w:rsid w:val="00F33F38"/>
     <w:rsid w:val="00F53B67"/>
+    <w:rsid w:val="00F65079"/>
     <w:rsid w:val="00F91921"/>
     <w:rsid w:val="00FA0C1B"/>
     <w:rsid w:val="00FA2340"/>
     <w:rsid w:val="00FA7011"/>
     <w:rsid w:val="00FC71BF"/>
     <w:rsid w:val="00FD419C"/>
     <w:rsid w:val="00FF6B3A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="166EFF85"/>
   <w15:docId w15:val="{B335B375-E7A4-427B-890F-70E309C90E2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2513,51 +2501,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CD20BD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2813,66 +2801,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>433</Words>
-  <Characters>2470</Characters>
+  <Characters>2471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Math Reasoning</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fairfax County Public Schools</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2898</CharactersWithSpaces>
+  <CharactersWithSpaces>2899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Math Reasoning</dc:title>
   <dc:creator>vswilliams</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>